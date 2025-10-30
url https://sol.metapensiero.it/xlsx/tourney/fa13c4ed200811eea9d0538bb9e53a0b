--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -121,51 +121,51 @@
   <si>
     <t>Kubíček Ondřej</t>
   </si>
   <si>
     <t>Deshpande Swapnil</t>
   </si>
   <si>
     <t>Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Thanarajasingam Nishanta</t>
+    <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
     <t>Krüger Tobias</t>
   </si>