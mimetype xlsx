--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -115,51 +115,51 @@
   <si>
     <t>Bednář Matěj</t>
   </si>
   <si>
     <t>Novotná Magdalena</t>
   </si>
   <si>
     <t>Kubíček Ondřej</t>
   </si>
   <si>
     <t>Deshpande Swapnil</t>
   </si>
   <si>
     <t>Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>