--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -108,51 +108,51 @@
   <si>
     <t>Thurab Abdul and Khan Ashraf</t>
   </si>
   <si>
     <t>Fernandes Melroy and Ali Nathar</t>
   </si>
   <si>
     <t>Milan Hamza and Ansar Mohamed Ashab</t>
   </si>
   <si>
     <t>Dcosta Michael and Samy Nelson</t>
   </si>
   <si>
     <t>Nayyar Syed and Khan Toufeeq</t>
   </si>
   <si>
     <t>Acharya Avinash and Raj Jerry</t>
   </si>
   <si>
     <t>Waris Furqan and Mohammed Sohail</t>
   </si>
   <si>
     <t>Aysha Rafeek and Chandrasekara Wasana M</t>
   </si>
   <si>
-    <t>Vikas Jadhav and Sadvilkar Rahul</t>
+    <t>Jadhav Vikas and Sadvilkar Rahul</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>