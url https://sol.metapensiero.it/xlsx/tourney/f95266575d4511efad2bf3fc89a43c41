--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -89,51 +89,51 @@
   <si>
     <t>Vatchev Alexander and Aleksandrov Ivaylo</t>
   </si>
   <si>
     <t>Radenovic Nebojsa and Cuccaro Ileana</t>
   </si>
   <si>
     <t>Chmelař Tomáš and Fučík Michal</t>
   </si>
   <si>
     <t>Kubíček Ondřej and Novotná Magdalena</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Bourigault Sandrine and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Pereira Fabian</t>
   </si>
   <si>
     <t>Lerouge Benoit and Le Liard Frédéric</t>
   </si>
   <si>
     <t>Eder Steffen and Joiko Patrick</t>
   </si>
   <si>
     <t>Gies Oliver and Baumann Stefan</t>
   </si>
   <si>
     <t>Schneider Armin and Schneider Uwe</t>
   </si>
   <si>
     <t>Hurtig Andreas and Krenz Steffen</t>
   </si>
   <si>
     <t>Schneider Paul and Janßen Thomas</t>
   </si>
   <si>
     <t>Thenahandi Sajith Kumara and Neleththi Wipul Priyantha</t>
   </si>