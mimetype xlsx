--- v1 (2025-10-31)
+++ v2 (2025-12-13)
@@ -170,51 +170,51 @@
   <si>
     <t>Dix Priscilla and Premsingh Prasad Dix</t>
   </si>
   <si>
     <t>Muruganandam Anita and Thomas Barbara</t>
   </si>
   <si>
     <t>Jovanovic Milos and Bilanovic Nebojsa</t>
   </si>
   <si>
     <t>Faller Hans and Rock Jan-Oliver</t>
   </si>
   <si>
     <t>Rezek František and Červenka František</t>
   </si>
   <si>
     <t>Wendker Christian and Humbert Nick</t>
   </si>
   <si>
     <t>Purkayastha Nirupam and Sander Bernhard</t>
   </si>
   <si>
     <t>Lukic Dragan and Savija Milan</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Warnakulasuriya Antoine</t>
+    <t>Fernandes Francisco and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Baumgartner Viktor and Scherrer Kurt</t>
   </si>
   <si>
     <t>Danic Momcilo and Kiproski Jakov</t>
   </si>
   <si>
     <t>Girault Patrice and Lipinska Eliza</t>
   </si>
   <si>
     <t>Islam Nazrul and Gomes Harvey</t>
   </si>
   <si>
     <t>Maric Igor and Maric Momcilo</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>