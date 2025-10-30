--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -110,51 +110,51 @@
   <si>
     <t>Mannan Eshan</t>
   </si>
   <si>
     <t>Clement Anthony</t>
   </si>
   <si>
     <t>Kulkarni Rajiv</t>
   </si>
   <si>
     <t>Kulkarni Shanay</t>
   </si>
   <si>
     <t>Kulkarni Yogesh</t>
   </si>
   <si>
     <t>Babu Maghesh</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Baumann Stefan</t>
   </si>
   <si>
-    <t>Misbah Uddin Syed</t>
+    <t>Syed Misbahuddin</t>
   </si>
   <si>
     <t>Müller-Linow Mark</t>
   </si>
   <si>
     <t>Schneider Uwe</t>
   </si>
   <si>
     <t>Krüger Tobias</t>
   </si>
   <si>
     <t>Sander Bernhard</t>
   </si>
   <si>
     <t>Rock Jan-Oliver</t>
   </si>
   <si>
     <t>Polchow Dirk</t>
   </si>
   <si>
     <t>Jörg Johannes</t>
   </si>
   <si>
     <t>Janßen Thomas</t>
   </si>