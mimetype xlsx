--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -79,54 +79,54 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bourigault Sandrine and Labe Jean-Claude</t>
   </si>
   <si>
     <t>Cadet Christian and Soreau Nicolas</t>
   </si>
   <si>
     <t>Venou Mouraly and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Toubert Olivier and Girault Patrice</t>
   </si>
   <si>
     <t>Dubus Roland and Berthélémy Thierry</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Stéphanie</t>
   </si>
   <si>
-    <t>Pidial Yoann and Hettiyakandage Gladvin</t>
-[...2 lines deleted...]
-    <t>Toubert Remy and Palande Vinay</t>
+    <t>Pidial Yoann and Hettiyakandage Gladwin</t>
+  </si>
+  <si>
+    <t>Toubert Rémy and Palande Vinay</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Messeant Thomas and Messeant Eric</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Soudidier Olivier</t>
   </si>
   <si>
     <t>Pantzos Athena and Sinha Rahul</t>
   </si>
   <si>
     <t>Pidial Laetitia and Dugué Nadège</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>