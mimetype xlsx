--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -146,51 +146,51 @@
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Df4gb4ii Mkmfpjvq</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Faller Hans</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
     <t>Fbygpufq C2ufd7zq</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>G3ufcf3a Jemeszla</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Hurtig Andreas</t>
   </si>
   <si>
     <t>Hbqfsj4a Deefbrti</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>