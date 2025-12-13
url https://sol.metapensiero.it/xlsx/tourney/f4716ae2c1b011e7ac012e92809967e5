--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -173,51 +173,51 @@
   <si>
     <t>Stafcnxq Rz4e33qa</t>
   </si>
   <si>
     <t>Sfifkvti Deufnnta</t>
   </si>
   <si>
     <t>Slmfhjuy Sfmfv34q</t>
   </si>
   <si>
     <t>Sfifo5tq Scefst4i</t>
   </si>
   <si>
     <t>Skufmnuq Kzyfftza</t>
   </si>
   <si>
     <t>Sinha Krish</t>
   </si>
   <si>
     <t>Sinha Nitesh “Nick”</t>
   </si>
   <si>
     <t>Saafcdrq Sn4fbhvq</t>
   </si>
   <si>
-    <t>Wvafpbxa A3ef6mcq</t>
+    <t>Wajge Abhishek</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>