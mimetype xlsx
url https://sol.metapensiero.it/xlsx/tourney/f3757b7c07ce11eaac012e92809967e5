--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de france de double 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian and L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Fqufodwi Xuafltxi and Mothe Christian</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Kugathas Selvarasha</t>
+    <t>Fernandes Francisco and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Le Corre Clervie and Toto Michel</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Munaron Dominique and Sieger Alain</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Yoann</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>