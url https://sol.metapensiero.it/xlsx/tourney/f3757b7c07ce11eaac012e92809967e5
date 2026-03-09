--- v1 (2025-11-19)
+++ v2 (2026-03-09)
@@ -70,51 +70,51 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de france de double 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian and L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
-    <t>Fqufodwi Xuafltxi and Mothe Christian</t>
+    <t>Favard Xavier and Mothe Christian</t>
   </si>
   <si>
     <t>Fernandes Francisco and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Le Corre Clervie and Toto Michel</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Munaron Dominique and Sieger Alain</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Yoann</t>
   </si>
   <si>
     <t>Board</t>
   </si>