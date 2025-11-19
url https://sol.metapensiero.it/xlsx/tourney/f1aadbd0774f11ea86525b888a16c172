--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -64,51 +64,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Corona Carrom</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Cristiani Gianluca</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vanderlan Ayesh Nilan</t>
   </si>
   <si>
     <t>Shetye Aniket</t>
   </si>
   <si>
     <t>Sanakal Amar</t>
   </si>