--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -48,51 +48,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="47">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Tournoi de millau</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Millau</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Le Mée sur Seine</t>
+    <t>CCFI (Melun)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de france</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Blanch Jean-Louis</t>
   </si>
   <si>
     <t>Bonicel Muriel</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>