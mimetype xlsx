--- v1 (2025-10-29)
+++ v2 (2026-03-09)
@@ -108,54 +108,54 @@
   <si>
     <t>D6ef5yei Lzyflvza</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
-    <t>Mlmfrf7q Maufljsq</t>
-[...2 lines deleted...]
-    <t>Mt4ev5py Kaifantq</t>
+    <t>Maquemer Medhi</t>
+  </si>
+  <si>
+    <t>Marre Karine</t>
   </si>
   <si>
     <t>Mvuf7uca J2yfh52a</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Munaron Dominique</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>