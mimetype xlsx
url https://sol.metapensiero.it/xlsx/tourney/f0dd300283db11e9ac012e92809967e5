--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -107,51 +107,51 @@
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Lefebvre Clément</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>