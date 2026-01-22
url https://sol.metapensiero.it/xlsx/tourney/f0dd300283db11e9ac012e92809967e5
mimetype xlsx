--- v1 (2025-10-30)
+++ v2 (2026-01-22)
@@ -98,51 +98,51 @@
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>
@@ -170,51 +170,51 @@
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Toto Michel</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Znufsz6i Iqqfkfvq</t>
   </si>