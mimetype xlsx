--- v2 (2026-01-22)
+++ v3 (2026-02-13)
@@ -614,51 +614,51 @@
     <col min="1" max="1" width="15.7109375" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3">
-        <v>43616</v>
+        <v>43618</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">