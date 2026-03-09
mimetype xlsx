--- v3 (2026-02-13)
+++ v4 (2026-03-09)
@@ -194,51 +194,51 @@
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Toto Michel</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
-    <t>Znufsz6i Iqqfkfvq</t>
+    <t>Zahirul Islam</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>