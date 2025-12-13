--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -46,51 +46,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="46">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Club De Carrom Villepinte</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Villepinte</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bascarane Dinesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Deiva Prabagarane</t>
   </si>