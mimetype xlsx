--- v1 (2025-12-13)
+++ v2 (2026-02-13)
@@ -130,51 +130,51 @@
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Rayar Gérard</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>