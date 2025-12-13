--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -88,51 +88,51 @@
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Dubus Hervé</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Ducher Yuvaradj</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandes Luciano</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gnanadicom Christy</t>
   </si>
   <si>
     <t>Hasrouni Samy</t>
   </si>
   <si>
     <t>Huchet Thierry</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Lamy Benoît</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>