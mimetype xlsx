--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -48,51 +48,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="54">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>St-Pons de M. Simple 2019-20</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>St-Pons de Mauchiens</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Babilonne Bernard</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Boulanger Jacques</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
@@ -108,51 +108,51 @@
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Gernet Xavier</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Morien Benoît</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Munaron Dominique</t>
   </si>