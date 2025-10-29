--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -94,66 +94,66 @@
   <si>
     <t>Lemoine Catherine and Lemoine Frédéric</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Cadet Christian and Berthélémy Thierry</t>
   </si>
   <si>
     <t>Joiko Patrick and Wegener Bernd</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Tworek Frédéric and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Rolondo Gilot</t>
   </si>
   <si>
-    <t>Toubert Remy and Toubert Olivier</t>
+    <t>Toubert Rémy and Toubert Olivier</t>
   </si>
   <si>
     <t>Sieger Kevin and Lerouge Benoit</t>
   </si>
   <si>
     <t>Palande Vinay and Palande Vishwam</t>
   </si>
   <si>
     <t>Abdoullattif Mouhamad and Ibrahim Azad</t>
   </si>
   <si>
     <t>Hure Laurent and Debethune Samuel</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Soudidier Olivier</t>
+    <t>Hettiyakandage Gladwin and Soudidier Olivier</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Thouron Eric</t>
   </si>
   <si>
     <t>Mohamed Ibrahime and Rafick Mouhamad</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>