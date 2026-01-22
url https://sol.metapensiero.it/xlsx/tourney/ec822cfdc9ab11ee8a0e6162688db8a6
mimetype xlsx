--- v1 (2025-10-29)
+++ v2 (2026-01-22)
@@ -70,51 +70,51 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Pantzos Athena and Garjah Ariane</t>
   </si>
   <si>
     <t>Oak Chinmay and Eder Steffen</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
-    <t>Lemoine Catherine and Lemoine Frédéric</t>
+    <t>Aubert Catherine and Lemoine Frédéric</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Cadet Christian and Berthélémy Thierry</t>
   </si>
   <si>
     <t>Joiko Patrick and Wegener Bernd</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Tworek Frédéric and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Rolondo Gilot</t>
   </si>
   <si>
     <t>Toubert Rémy and Toubert Olivier</t>
   </si>