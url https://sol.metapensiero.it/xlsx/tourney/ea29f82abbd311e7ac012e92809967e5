--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -67,51 +67,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2017-18</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Bascarane Dinesh</t>
   </si>
   <si>
     <t>Bouillon Jack and Nessakh Karim</t>
   </si>
   <si>
-    <t>Cano Lucien and Mt4fctwq Qpqftz6y</t>
+    <t>Cano Lucien and Moret Quentin</t>
   </si>
   <si>
     <t>Cano Stéphane and Sieger Alain</t>
   </si>
   <si>
     <t>Dubois Pierre and Le Corre Clervie</t>
   </si>
   <si>
     <t>Dumas Sylvie and Toto Michel</t>
   </si>
   <si>
     <t>Lamy Benoît and Soudidier Olivier</t>
   </si>
   <si>
     <t>Le Liard Frédéric and L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Lerouge Benoit and Lerouge Victor</t>
   </si>
   <si>
     <t>Pidial Chandrakant and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Yoann</t>
   </si>