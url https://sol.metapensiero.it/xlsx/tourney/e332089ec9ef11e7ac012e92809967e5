--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -200,51 +200,51 @@
   <si>
     <t>Smoljak Filip</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>Táborský Zdeněk “Saki”</t>
   </si>
   <si>
     <t>Těšitel Jan</t>
   </si>
   <si>
     <t>V2if2wca Vcqfqh2y</t>
   </si>
   <si>
     <t>Vasanth Neel</t>
   </si>
   <si>
     <t>Vnafmnuq M3qfkhyy</t>
   </si>
   <si>
     <t>Vormwald Thomas</t>
   </si>
   <si>
-    <t>Čmagqgsq Mcygayey</t>
+    <t>Černohous Miroslav</t>
   </si>
   <si>
     <t>Šimunský Horst</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>