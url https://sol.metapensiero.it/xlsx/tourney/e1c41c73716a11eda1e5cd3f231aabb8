--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -67,57 +67,57 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Garjah Ariane and Pantzos Athena</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Hubert Eric and Poisson Stéphane</t>
   </si>
   <si>
-    <t>Lusardi Frédéric and Toubert Remy</t>
+    <t>Lusardi Frédéric and Toubert Rémy</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Eder Steffen and Pidial Steven</t>
   </si>
   <si>
     <t>Delorme Alan and Dufour Michel</t>
   </si>
   <si>
     <t>Cornu Katia and Meyer Christian</t>
   </si>
   <si>
     <t>Khot Shaunak and Palande Vinay</t>
   </si>
   <si>
     <t>Dufour Marie-Anne and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>