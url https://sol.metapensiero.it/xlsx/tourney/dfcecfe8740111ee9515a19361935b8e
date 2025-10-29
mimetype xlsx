--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -79,51 +79,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Roussel Rudy</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
@@ -151,51 +151,51 @@
   <si>
     <t>Messeant Thomas</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>