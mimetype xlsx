--- v1 (2025-10-29)
+++ v2 (2026-01-22)
@@ -160,51 +160,51 @@
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Maliverney Titouan</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>