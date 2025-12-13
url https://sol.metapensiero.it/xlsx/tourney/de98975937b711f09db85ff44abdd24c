--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -130,51 +130,51 @@
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Mom Dodo</t>
   </si>
   <si>
     <t>Ducos Eva</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Messeant Thomas</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Dugué Nadège</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Roussel Rudy</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
@@ -193,51 +193,51 @@
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Bozon Emmanuel</t>
   </si>
   <si>
     <t>Cieslak Jidé</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Blanch Jean-Louis</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Bernabeu Julien</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Mohamed Ibrahime</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Board</t>
   </si>