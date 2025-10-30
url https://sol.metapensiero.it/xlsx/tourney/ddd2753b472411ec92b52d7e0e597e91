--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -83,51 +83,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>