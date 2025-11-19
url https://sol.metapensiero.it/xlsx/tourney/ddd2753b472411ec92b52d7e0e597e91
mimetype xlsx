--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -80,51 +80,51 @@
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>