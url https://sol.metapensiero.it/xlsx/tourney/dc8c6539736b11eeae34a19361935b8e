--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -89,90 +89,90 @@
   <si>
     <t>Muruganandam Anita</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Joiko Patrick</t>
   </si>
   <si>
     <t>Babu Maghesh</t>
   </si>