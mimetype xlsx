--- v1 (2025-10-30)
+++ v2 (2026-01-22)
@@ -134,51 +134,51 @@
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Joiko Patrick</t>
   </si>
   <si>
     <t>Babu Maghesh</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Jayaraman Padmasree</t>
   </si>