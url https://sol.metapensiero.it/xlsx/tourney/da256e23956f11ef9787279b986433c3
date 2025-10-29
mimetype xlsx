--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -70,51 +70,51 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2024-25</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Keram Lucas and Sinha Rahul</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Stéphanie</t>
   </si>
   <si>
-    <t>Pidial Yoann and Hettiyakandage Gladvin</t>
+    <t>Pidial Yoann and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Dugué Nadège and Leva Stéphanie</t>
   </si>
   <si>
     <t>Capron Frédéric and Dugué Frédéric</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Tworek Frédéric and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Dufour Michel and Blum Alexis</t>
   </si>
   <si>
     <t>Dufour Marie-Anne and Meyer Christian</t>
   </si>