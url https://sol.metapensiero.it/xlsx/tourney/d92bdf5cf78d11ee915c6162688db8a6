--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -67,75 +67,75 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dufour Florian and Dufour Xavier</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
-    <t>Cano Stéphane and Hettiyakandage Gladvin</t>
+    <t>Cano Stéphane and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Dugué Frédéric and Hure Laurent</t>
   </si>
   <si>
     <t>Debethune Samuel and Dugué Nadège</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max and Morin Chrystelle</t>
   </si>
   <si>
     <t>Coplo Christophe and Napoléon Sylvie</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Lusardi Frédéric</t>
   </si>
   <si>
     <t>Foulon François and Przyszczykowski Cédric</t>
   </si>
   <si>
-    <t>Palande Vinay and Toubert Remy</t>
+    <t>Palande Vinay and Toubert Rémy</t>
   </si>
   <si>
     <t>Quintin Philippe and Soudidier Olivier</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Dupont Louis and Pidial Steven</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>