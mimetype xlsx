--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -188,51 +188,51 @@
   <si>
     <t>Schneider Uwe</t>
   </si>
   <si>
     <t>Baumann Stefan</t>
   </si>
   <si>
     <t>Leven Andrea</t>
   </si>
   <si>
     <t>Wagner Daniel</t>
   </si>
   <si>
     <t>Schmitz Volkmar</t>
   </si>
   <si>
     <t>Rasouli Hassan</t>
   </si>
   <si>
     <t>Omar Hamed</t>
   </si>
   <si>
     <t>Schäfer Alexander</t>
   </si>
   <si>
-    <t>Misbah Uddin Syed</t>
+    <t>Syed Misbahuddin</t>
   </si>
   <si>
     <t>Kussat Lukas</t>
   </si>
   <si>
     <t>Jüstel Bernd</t>
   </si>
   <si>
     <t>Klauer Fritz</t>
   </si>
   <si>
     <t>Röder Armin</t>
   </si>
   <si>
     <t>Kulkarni Rajiv</t>
   </si>
   <si>
     <t>Kremling Celine</t>
   </si>
   <si>
     <t>Kulkarni Shanay</t>
   </si>
   <si>
     <t>Board</t>
   </si>