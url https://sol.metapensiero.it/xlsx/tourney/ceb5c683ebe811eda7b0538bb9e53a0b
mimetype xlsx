--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -80,51 +80,51 @@
   <si>
     <t>Championnat de France de Simple 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz”</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
@@ -164,51 +164,51 @@
   <si>
     <t>Brunel Olivier</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Gourin Rémy</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Bernabeu Julien</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
     <t>Lariviere Francois</t>
   </si>
   <si>
     <t>Limosin Bernard</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Gourin Christelle</t>
   </si>