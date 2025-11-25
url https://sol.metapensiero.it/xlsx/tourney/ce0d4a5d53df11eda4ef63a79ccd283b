--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -75,51 +75,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Cieslak Jidé</t>
   </si>
   <si>
     <t>David Matthieu</t>
   </si>
   <si>
     <t>Faure Stéphane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Messeant Thomas</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Quintin Philippe</t>
   </si>
   <si>
     <t>Rebours Renaud</t>
   </si>