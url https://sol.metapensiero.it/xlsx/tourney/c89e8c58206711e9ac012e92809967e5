--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -98,51 +98,51 @@
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
-    <t>Feqgf2ga C6ifit2a</t>
+    <t>Fernandes Carlos</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>