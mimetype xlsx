--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -186,51 +186,51 @@
   <si>
     <t>Fernando Anuradha</t>
   </si>
   <si>
     <t>Fučík Michal</t>
   </si>
   <si>
     <t>Gajda Pawel</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>Gies Oliver</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Gomes Harvey</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hink Piotr</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Hurtig Andreas</t>
   </si>
   <si>
     <t>Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Janßen Thomas</t>
   </si>
   <si>
     <t>Joiko Patrick</t>
   </si>
   <si>
     <t>Jörg Johannes</t>
   </si>
   <si>
     <t>Khan Abdul</t>
   </si>
@@ -324,51 +324,51 @@
   <si>
     <t>Sander Bernhard</t>
   </si>
   <si>
     <t>Sasinski Bartek</t>
   </si>
   <si>
     <t>Sasinski Jakub</t>
   </si>
   <si>
     <t>Scherrer Kurt</t>
   </si>
   <si>
     <t>Schneider Armin</t>
   </si>
   <si>
     <t>Schneider Paul</t>
   </si>
   <si>
     <t>Schneider Uwe</t>
   </si>
   <si>
     <t>Tanaskovic Aleksandar</t>
   </si>
   <si>
-    <t>Thanarajasingam Nishanta</t>
+    <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Thenahandi Sajith Kumara</t>
   </si>
   <si>
     <t>Thomas Barbara</t>
   </si>
   <si>
     <t>Těšitel Jan</t>
   </si>
   <si>
     <t>Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Vanderlan Ayesh Nilan</t>
   </si>
   <si>
     <t>Vatchev Alexander</t>
   </si>
   <si>
     <t>Ventola Francesco</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>