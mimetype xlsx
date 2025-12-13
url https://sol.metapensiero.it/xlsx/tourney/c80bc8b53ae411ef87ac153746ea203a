--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -390,51 +390,51 @@
   <si>
     <t>Aleksandrov Ivaylo</t>
   </si>
   <si>
     <t>Purkayastha Nirupam</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>Baumgartner Viktor</t>
   </si>
   <si>
     <t>Muruganandam Anita</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>