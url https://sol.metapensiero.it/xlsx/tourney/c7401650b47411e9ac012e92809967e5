--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -148,51 +148,51 @@
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and Holtmann Sebastian</t>
   </si>
   <si>
     <t>Fernandez Francisco and Pereira Fabian</t>
   </si>
   <si>
     <t>Fernando Anuradha and Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Frauenrath Ingo and Kracht Andreas</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Hardt Rainer and Humbert Nick</t>
   </si>
   <si>
     <t>Hassan Mehedi and Russo Christian</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Wannuka Fernando Anjula</t>
+    <t>Hettiyakandage Gladwin and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Hurtig Andreas and Kriegler Pablo</t>
   </si>
   <si>
     <t>Islam Rahat and Kq4evzoq Anign4lq</t>
   </si>
   <si>
     <t>Janßen Thomas and Schneider Paul</t>
   </si>
   <si>
     <t>Kaiser Ronny and Schnoor Bodo</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Rajadurai Alfred</t>
   </si>
   <si>
     <t>Kumar Ish and Mrye53oq Szmfir2i</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Mirisage Tharangaa and Neleththi Wipul Priyantha</t>
   </si>