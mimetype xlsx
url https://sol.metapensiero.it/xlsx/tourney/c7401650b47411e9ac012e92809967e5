--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -130,51 +130,51 @@
   <si>
     <t>Deshpande Swapnil and Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
     <t>Dewangso Rafi and Van Eerd Jonathan</t>
   </si>
   <si>
     <t>Dix Raphel and Sekar Sugumar</t>
   </si>
   <si>
     <t>Dubois Pierre and Venou Mouraly</t>
   </si>
   <si>
     <t>Eder Steffen and Rosin Kristian</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Kxufn32i Brmeznoq</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and Holtmann Sebastian</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Pereira Fabian</t>
+    <t>Fernandes Francisco and Pereira Fabian</t>
   </si>
   <si>
     <t>Fernando Anuradha and Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Frauenrath Ingo and Kracht Andreas</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Hardt Rainer and Humbert Nick</t>
   </si>
   <si>
     <t>Hassan Mehedi and Russo Christian</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Hurtig Andreas and Kriegler Pablo</t>
   </si>
   <si>
     <t>Islam Rahat and Kq4evzoq Anign4lq</t>
   </si>