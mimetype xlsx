--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -64,51 +64,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Delorme Alan and Pidial Chandrakant</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Garjah Ariane</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Fernandez Francisco</t>
   </si>
   <si>
     <t>M3egqu2y Gsyffdxq and Wuahgdby Keqfw34i</t>
   </si>
   <si>
     <t>Perkin Julian and Pantzos Athena</t>
   </si>
   <si>
     <t>Pidial Stéphanie and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann and Pidial Steven</t>
   </si>
   <si>
     <t>Soudidier Olivier and Vignarajah Prashanna</t>
   </si>