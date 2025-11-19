--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Delorme Alan and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Garjah Ariane</t>
   </si>
   <si>
-    <t>Lusardi Frédéric and Fernandez Francisco</t>
+    <t>Lusardi Frédéric and Fernandes Francisco</t>
   </si>
   <si>
     <t>M3egqu2y Gsyffdxq and Wuahgdby Keqfw34i</t>
   </si>
   <si>
     <t>Perkin Julian and Pantzos Athena</t>
   </si>
   <si>
     <t>Pidial Stéphanie and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann and Pidial Steven</t>
   </si>
   <si>
     <t>Soudidier Olivier and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>