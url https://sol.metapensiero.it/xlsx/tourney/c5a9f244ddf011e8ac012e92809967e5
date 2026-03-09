--- v2 (2025-11-19)
+++ v3 (2026-03-09)
@@ -76,51 +76,51 @@
   <si>
     <t>Championnat de France de Double 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Delorme Alan and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Garjah Ariane</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Fernandes Francisco</t>
   </si>
   <si>
-    <t>M3egqu2y Gsyffdxq and Wuahgdby Keqfw34i</t>
+    <t>Mudali Mahipala Gaveen and Warnakulasuriya Kishani</t>
   </si>
   <si>
     <t>Perkin Julian and Pantzos Athena</t>
   </si>
   <si>
     <t>Pidial Stéphanie and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann and Pidial Steven</t>
   </si>
   <si>
     <t>Soudidier Olivier and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>