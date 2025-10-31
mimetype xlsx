--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -73,69 +73,69 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Gerbaut Patrick and Trompat Dominique</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Petit Christophe and Thouron Eric</t>
   </si>
   <si>
     <t>Bozon Emmanuel and Limosin Bernard</t>
   </si>
   <si>
-    <t>Toubert Remy and Vignarajah Prashanna</t>
+    <t>Toubert Rémy and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Lusardi Frédéric</t>
   </si>
   <si>
     <t>Bouillon Jack and Dumas Patrice</t>
   </si>
   <si>
     <t>Poueymidou Corinne and Roumegous Florence</t>
   </si>
   <si>
     <t>Cano Stéphane and Cano Tifenn</t>
   </si>
   <si>
     <t>Cano Lucien and Cieply Jeremy</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Mothe Christian and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>