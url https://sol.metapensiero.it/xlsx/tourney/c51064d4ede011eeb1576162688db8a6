--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -122,72 +122,72 @@
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Bernabeu Julien</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Boulanger Jacques</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Bozon Emmanuel</t>
   </si>
   <si>
     <t>Blanch Jean-Louis</t>
   </si>