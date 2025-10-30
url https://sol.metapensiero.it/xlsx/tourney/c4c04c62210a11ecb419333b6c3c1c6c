--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cadet Christian and Dubus Roland</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly and Fernandez Francisco</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Rayar Gérard</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Toubert Olivier and Girault Patrice</t>
   </si>
   <si>
     <t>Vignarajah Prashanna and Soudidier Olivier</t>
   </si>
   <si>
     <t>Pidial Yoann and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Liyanage Asha Ashani</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>