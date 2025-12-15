--- v1 (2025-10-30)
+++ v2 (2025-12-15)
@@ -67,51 +67,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cadet Christian and Dubus Roland</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
-    <t>Venou Mouraly and Fernandez Francisco</t>
+    <t>Venou Mouraly and Fernandes Francisco</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Rayar Gérard</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Toubert Olivier and Girault Patrice</t>
   </si>
   <si>
     <t>Vignarajah Prashanna and Soudidier Olivier</t>
   </si>
   <si>
     <t>Pidial Yoann and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Liyanage Asha Ashani</t>
   </si>
   <si>
     <t>Board</t>
   </si>