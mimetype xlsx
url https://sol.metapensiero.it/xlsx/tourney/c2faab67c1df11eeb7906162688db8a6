--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -85,51 +85,51 @@
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Bozon Emmanuel and Petit Christophe</t>
   </si>
   <si>
     <t>Limosin Bernard and Thouron Eric</t>
   </si>
   <si>
     <t>Boulanger Jacques and Gerbaut Patrick</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Bitaillou Théo and Seppoloni Romain</t>
   </si>
   <si>
     <t>Bourigault Sandrine and Tworek Frédéric</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Lerouge Victor and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Cabal Sébastien and Piquemal Fabien</t>
   </si>
   <si>
     <t>Cano Tifenn and Le Corre Clervie</t>
   </si>
   <si>
     <t>Monti Alessio and Reix Monti Gabriele “Gaby”</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>