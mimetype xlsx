--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -74,51 +74,51 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Liyanage Asha Ashani</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Rayar Gérard</t>
   </si>
   <si>
     <t>Roussel Hugues</t>
   </si>
@@ -134,51 +134,51 @@
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>S2af476q Anufvj2y</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>