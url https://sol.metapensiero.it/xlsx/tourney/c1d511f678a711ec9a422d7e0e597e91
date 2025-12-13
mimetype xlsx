--- v1 (2025-10-29)
+++ v2 (2025-12-13)
@@ -68,51 +68,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Liyanage Asha Ashani</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>