--- v2 (2025-12-13)
+++ v3 (2026-03-10)
@@ -143,51 +143,51 @@
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
-    <t>S2af476q Anufvj2y</t>
+    <t>Stoclin Antony</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>