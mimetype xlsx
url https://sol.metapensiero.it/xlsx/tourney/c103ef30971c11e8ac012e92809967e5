--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -75,135 +75,135 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>ICF Tournament</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abuf4z4y Rdegjwia</t>
   </si>
   <si>
     <t>Ali Anhar</t>
   </si>
   <si>
     <t>Ali Sunahar</t>
   </si>
   <si>
     <t>Alafzj7i Smienzea</t>
   </si>
   <si>
-    <t>Asee4foq Acye3jki</t>
+    <t>Azim Ali</t>
   </si>
   <si>
     <t>Azmeen Ismail</t>
   </si>
   <si>
     <t>Baek Chanjoo “버들”</t>
   </si>
   <si>
     <t>Balasubramanyam Murali</t>
   </si>
   <si>
     <t>Bany Robert</t>
   </si>
   <si>
     <t>Baumgartner Peter</t>
   </si>
   <si>
     <t>Cxyetppq Igefkrtq</t>
   </si>
   <si>
     <t>Ckafl5wa Cgefhpva</t>
   </si>
   <si>
     <t>Dm4fvl7y Mryfd5xq</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Fernando Nishantha</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>Glqfexwy Ztue5tpq</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Gkyfqaay S7qfgj5a</t>
   </si>
   <si>
     <t>Hxee7joy Mamgb2eq</t>
   </si>
   <si>
     <t>Hilmy Mohamed Shaheed</t>
   </si>
   <si>
     <t>Holtmann Sebastian</t>
   </si>
   <si>
     <t>Hussain Mukith</t>
   </si>
   <si>
     <t>Iyuea7hq Dqyffvxi</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Islam Rahat</t>
   </si>
   <si>
     <t>Iaiff7sy Tpyfijxi</t>
   </si>
   <si>
     <t>Jose Shibu</t>
   </si>
   <si>
     <t>Joseph Roshita</t>
   </si>
   <si>
-    <t>Jyyfk7xq Di4fipta</t>
+    <t>Joshi Deep</t>
   </si>
   <si>
     <t>Jung Junoh “jjoh”</t>
   </si>
   <si>
-    <t>Keqfndsq Kwmij34q</t>
+    <t>Khan Khaleel Shafiulla</t>
   </si>
   <si>
     <t>Knietjny Y4mgfcrq</t>
   </si>
   <si>
     <t>Kv4e3poy Ckmfyv6a</t>
   </si>
   <si>
     <t>Kmyezjmq Dsuf44ba</t>
   </si>
   <si>
     <t>Kim Soochang “kschang”</t>
   </si>
   <si>
     <t>Kumari Kajal</t>
   </si>
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Lvyewroy Hqqfxh7y</t>
   </si>
   <si>
     <t>Lxuetxpa Wfafq54a</t>
   </si>
@@ -279,51 +279,51 @@
   <si>
     <t>Pšeničnik Lea</t>
   </si>
   <si>
     <t>Rdigcuha Ytafofxq</t>
   </si>
   <si>
     <t>Rayana Fathimath</t>
   </si>
   <si>
     <t>Swigyiyq Ksiebhfq</t>
   </si>
   <si>
     <t>Shag3qsi Drqfq2ay</t>
   </si>
   <si>
     <t>Saric Vladimir</t>
   </si>
   <si>
     <t>Sasinski Bartek</t>
   </si>
   <si>
     <t>Scherrer Kurt</t>
   </si>
   <si>
-    <t>S6qfkz2y Nrufppwy</t>
+    <t>Shareef Naufal</t>
   </si>
   <si>
     <t>Szefph2a Hs4e2noy</t>
   </si>
   <si>
     <t>Suba Aminath</t>
   </si>
   <si>
     <t>Vanderlan Ayesh Nilan</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vidhaadh Aminath</t>
   </si>
   <si>
     <t>Vishama Aminath</t>
   </si>
   <si>
     <t>Walter Christopher “Chris”</t>
   </si>
   <si>
     <t>Yoeep3fq Jpmfcryq</t>
   </si>