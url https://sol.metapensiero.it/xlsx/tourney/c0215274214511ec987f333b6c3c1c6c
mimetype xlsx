--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -70,51 +70,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dufour Florian and Hubert Eric</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Poisson Fabrice and Poisson Stéphane</t>
   </si>
   <si>
     <t>Laurent Matthieu and Taluy Erol</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Pidial Yoann and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Hürlimann Lorenzo and Oak Chinmay</t>
   </si>
   <si>
     <t>Dussaud Gilles and Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Padmavathi M. Prakash and Pande Mahavir</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz” and Thiers Stéphan</t>
   </si>
   <si>
     <t>Gulagi Rohan and R. Gropinathan</t>
   </si>
   <si>
     <t>Board</t>
   </si>