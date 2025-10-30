--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -67,51 +67,51 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2020-21</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cieply Jeremy and Munaron Dominique</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Sieger Alain</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
-    <t>Toubert Remy and Verdier Bastien</t>
+    <t>Toubert Rémy and Verdier Bastien</t>
   </si>
   <si>
     <t>Lerouge Benoit and Lerouge Victor</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Petit Christophe and Thouron Eric</t>
   </si>
   <si>
     <t>Limosin Bernard and Mothe Christian</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>