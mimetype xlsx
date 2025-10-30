--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -70,51 +70,51 @@
   <si>
     <t>Corona Carrom France</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom France 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>