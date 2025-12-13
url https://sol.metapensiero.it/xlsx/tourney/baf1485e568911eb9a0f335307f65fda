--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -67,51 +67,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Corona Carrom France</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom France 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>