--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -82,72 +82,72 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Cano Tifenn and Mothe Christian</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Bourigault Sandrine and Tworek Frédéric</t>
   </si>
   <si>
     <t>Blanch Jean-Louis and Ciannarella Franck</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Venou Mouraly and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Le Vacher Virgile and Redon Robin</t>
   </si>
   <si>
     <t>Dumas Sylvie and Gramignan Pierre</t>
   </si>
   <si>
     <t>Bouillon Jack and Fabre Luc</t>
   </si>
   <si>
     <t>Dufour Florian and Oak Chinmay</t>
   </si>
   <si>
     <t>Bernabeu Julien and Bonicel Chloé</t>
   </si>
   <si>
-    <t>Palande Vinay and Toubert Remy</t>
+    <t>Palande Vinay and Toubert Rémy</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Lusardi Frédéric</t>
   </si>
   <si>
     <t>Bozon Emmanuel and Thouron Eric</t>
   </si>
   <si>
     <t>Chesnel Sabine and Trompat Dominique</t>
   </si>
   <si>
     <t>Dumas Patrice and Keram Lucas</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>