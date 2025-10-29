--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -81,51 +81,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Chatagnat Philippe</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dusausoit Lise</t>
   </si>
   <si>
     <t>Dusausoit Thierry</t>
   </si>
   <si>
     <t>Dussaud Gilles</t>
   </si>
   <si>
     <t>Baissat Daniel</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz”</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Thiers Stéphan</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>