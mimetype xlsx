--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -208,51 +208,51 @@
   <si>
     <t>Fernando Anuradha</t>
   </si>
   <si>
     <t>Frauenrath Ingo</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Gomes Harvey</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Holtmann Sebastian</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Hurtig Andreas</t>
   </si>
   <si>
     <t>Hussain Mukith</t>
   </si>
   <si>
     <t>Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Islam Rahat</t>
   </si>
   <si>
     <t>Janßen Thomas</t>
   </si>