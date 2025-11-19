--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -181,51 +181,51 @@
   <si>
     <t>Dix Rachel</t>
   </si>
   <si>
     <t>Dix Raphel</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Eigenmann Stefan</t>
   </si>
   <si>
     <t>Essinger Sascha</t>
   </si>
   <si>
     <t>Faller Hans</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Fernando Anuradha</t>
   </si>
   <si>
     <t>Frauenrath Ingo</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Gomes Harvey</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>