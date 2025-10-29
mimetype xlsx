--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -101,99 +101,99 @@
   <si>
     <t>Bozon Emmanuel</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Ciannarella Franck</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Limosin Bernard</t>
   </si>
   <si>
     <t>Lefebvre Clément</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Piquemal Fabien</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>