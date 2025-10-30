--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -137,51 +137,51 @@
   <si>
     <t>Montillier Alain</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Pande Mahavir</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Brunel Olivier</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Limosin Bernard</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Colomby Eric</t>
   </si>
   <si>
     <t>Board</t>
   </si>