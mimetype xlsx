--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -143,51 +143,51 @@
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Pande Mahavir</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Brunel Olivier</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Limosin Bernard</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Colomby Eric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>