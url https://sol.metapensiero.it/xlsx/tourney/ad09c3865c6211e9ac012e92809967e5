--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -81,99 +81,99 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Barthdeepan Kanagarajah</t>
   </si>
   <si>
     <t>Barthdeepan Vijitha</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Soulier Sébastien</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Zahirul Islam</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>