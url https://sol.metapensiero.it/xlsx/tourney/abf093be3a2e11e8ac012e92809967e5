--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -113,51 +113,51 @@
   <si>
     <t>Novák Karel “Karlos”</t>
   </si>
   <si>
     <t>Patil Raj</t>
   </si>
   <si>
     <t>Rezek František</t>
   </si>
   <si>
     <t>Schierl Pavel “Šéfik”</t>
   </si>
   <si>
     <t>Smoljak Filip</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>Těšitel Jan</t>
   </si>
   <si>
     <t>Vasanth Neel</t>
   </si>
   <si>
-    <t>Čmagqgsq Mcygayey</t>
+    <t>Černohous Miroslav</t>
   </si>
   <si>
     <t>Šimunský Horst</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>