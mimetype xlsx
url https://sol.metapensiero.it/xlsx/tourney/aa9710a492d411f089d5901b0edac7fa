--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Tourney" sheetId="1" r:id="rId1"/>
     <sheet name="Competitors" sheetId="2" r:id="rId2"/>
     <sheet name="Turn 1" sheetId="3" r:id="rId3"/>
     <sheet name="Turn 2" sheetId="4" r:id="rId4"/>
     <sheet name="Turn 3" sheetId="5" r:id="rId5"/>
     <sheet name="Turn 4" sheetId="6" r:id="rId6"/>
     <sheet name="Turn 5" sheetId="7" r:id="rId7"/>
     <sheet name="Turn 6" sheetId="8" r:id="rId8"/>
     <sheet name="Turn 7" sheetId="9" r:id="rId9"/>
     <sheet name="Ranking" sheetId="10" r:id="rId10"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="59">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>4th Ranking</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Safari Mall, Sharjah</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>United Arab Emirates Carrom Association</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
@@ -202,50 +202,53 @@
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>
   <si>
     <t>Score</t>
+  </si>
+  <si>
+    <t>Prize</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d mmmm yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -617,722 +620,839 @@
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E40"/>
+  <dimension ref="A1:F40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
-    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="3" max="6" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:6">
       <c r="A1" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>56</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>57</v>
       </c>
-    </row>
-    <row r="3" spans="1:5">
+      <c r="F1" s="4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>14</v>
       </c>
       <c r="D3">
         <v>68</v>
       </c>
       <c r="E3">
         <v>129</v>
       </c>
-    </row>
-    <row r="4" spans="1:5">
+      <c r="F3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4">
         <v>12</v>
       </c>
       <c r="D4">
         <v>62</v>
       </c>
       <c r="E4">
         <v>62</v>
       </c>
-    </row>
-    <row r="5" spans="1:5">
+      <c r="F4">
+        <v>97.31</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
         <v>10</v>
       </c>
       <c r="D5">
         <v>67</v>
       </c>
       <c r="E5">
         <v>39</v>
       </c>
-    </row>
-    <row r="6" spans="1:5">
+      <c r="F5">
+        <v>94.65</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>66</v>
       </c>
       <c r="E6">
         <v>93</v>
       </c>
-    </row>
-    <row r="7" spans="1:5">
+      <c r="F6">
+        <v>91.96</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7">
         <v>10</v>
       </c>
       <c r="D7">
         <v>65</v>
       </c>
       <c r="E7">
         <v>46</v>
       </c>
-    </row>
-    <row r="8" spans="1:5">
+      <c r="F7">
+        <v>89.29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8">
         <v>10</v>
       </c>
       <c r="D8">
         <v>58</v>
       </c>
       <c r="E8">
         <v>16</v>
       </c>
-    </row>
-    <row r="9" spans="1:5">
+      <c r="F8">
+        <v>86.62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9">
         <v>10</v>
       </c>
       <c r="D9">
         <v>52</v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
-    </row>
-    <row r="10" spans="1:5">
+      <c r="F9">
+        <v>83.95</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10">
         <v>10</v>
       </c>
       <c r="D10">
         <v>44</v>
       </c>
       <c r="E10">
         <v>50</v>
       </c>
-    </row>
-    <row r="11" spans="1:5">
+      <c r="F10">
+        <v>81.26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11">
         <v>55</v>
       </c>
       <c r="E11">
         <v>30</v>
       </c>
-    </row>
-    <row r="12" spans="1:5">
+      <c r="F11">
+        <v>78.59</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12">
         <v>43</v>
       </c>
       <c r="E12">
         <v>60</v>
       </c>
-    </row>
-    <row r="13" spans="1:5">
+      <c r="F12">
+        <v>75.92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13">
         <v>8</v>
       </c>
       <c r="D13">
         <v>59</v>
       </c>
       <c r="E13">
         <v>28</v>
       </c>
-    </row>
-    <row r="14" spans="1:5">
+      <c r="F13">
+        <v>73.23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14">
         <v>8</v>
       </c>
       <c r="D14">
         <v>54</v>
       </c>
       <c r="E14">
         <v>48</v>
       </c>
-    </row>
-    <row r="15" spans="1:5">
+      <c r="F14">
+        <v>70.56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15">
         <v>53</v>
       </c>
       <c r="E15">
         <v>22</v>
       </c>
-    </row>
-    <row r="16" spans="1:5">
+      <c r="F15">
+        <v>67.89</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16">
         <v>8</v>
       </c>
       <c r="D16">
         <v>51</v>
       </c>
       <c r="E16">
         <v>46</v>
       </c>
-    </row>
-    <row r="17" spans="1:5">
+      <c r="F16">
+        <v>65.21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>32</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17">
         <v>51</v>
       </c>
       <c r="E17">
         <v>18</v>
       </c>
-    </row>
-    <row r="18" spans="1:5">
+      <c r="F17">
+        <v>62.53</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>22</v>
       </c>
       <c r="C18">
         <v>8</v>
       </c>
       <c r="D18">
         <v>51</v>
       </c>
       <c r="E18">
         <v>15</v>
       </c>
-    </row>
-    <row r="19" spans="1:5">
+      <c r="F18">
+        <v>59.85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>21</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19">
         <v>48</v>
       </c>
       <c r="E19">
         <v>33</v>
       </c>
-    </row>
-    <row r="20" spans="1:5">
+      <c r="F19">
+        <v>57.18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20">
         <v>8</v>
       </c>
       <c r="D20">
         <v>44</v>
       </c>
       <c r="E20">
         <v>18</v>
       </c>
-    </row>
-    <row r="21" spans="1:5">
+      <c r="F20">
+        <v>54.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>19</v>
       </c>
       <c r="C21">
         <v>7</v>
       </c>
       <c r="D21">
         <v>47</v>
       </c>
       <c r="E21">
         <v>-3</v>
       </c>
-    </row>
-    <row r="22" spans="1:5">
+      <c r="F21">
+        <v>51.84</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>17</v>
       </c>
       <c r="C22">
         <v>6</v>
       </c>
       <c r="D22">
         <v>62</v>
       </c>
       <c r="E22">
         <v>-9</v>
       </c>
-    </row>
-    <row r="23" spans="1:5">
+      <c r="F22">
+        <v>49.15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>42</v>
       </c>
       <c r="C23">
         <v>6</v>
       </c>
       <c r="D23">
         <v>55</v>
       </c>
       <c r="E23">
         <v>-40</v>
       </c>
-    </row>
-    <row r="24" spans="1:5">
+      <c r="F23">
+        <v>46.49</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>45</v>
       </c>
       <c r="C24">
         <v>6</v>
       </c>
       <c r="D24">
         <v>54</v>
       </c>
       <c r="E24">
         <v>-24</v>
       </c>
-    </row>
-    <row r="25" spans="1:5">
+      <c r="F24">
+        <v>43.81</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>15</v>
       </c>
       <c r="C25">
         <v>6</v>
       </c>
       <c r="D25">
         <v>50</v>
       </c>
       <c r="E25">
         <v>3</v>
       </c>
-    </row>
-    <row r="26" spans="1:5">
+      <c r="F25">
+        <v>41.14</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26">
         <v>6</v>
       </c>
       <c r="D26">
         <v>49</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
-    </row>
-    <row r="27" spans="1:5">
+      <c r="F26">
+        <v>38.46</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
         <v>30</v>
       </c>
       <c r="C27">
         <v>6</v>
       </c>
       <c r="D27">
         <v>48</v>
       </c>
       <c r="E27">
         <v>-14</v>
       </c>
-    </row>
-    <row r="28" spans="1:5">
+      <c r="F27">
+        <v>35.78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>38</v>
       </c>
       <c r="C28">
         <v>6</v>
       </c>
       <c r="D28">
         <v>44</v>
       </c>
       <c r="E28">
         <v>-32</v>
       </c>
-    </row>
-    <row r="29" spans="1:5">
+      <c r="F28">
+        <v>33.1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>18</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29">
         <v>42</v>
       </c>
       <c r="E29">
         <v>20</v>
       </c>
-    </row>
-    <row r="30" spans="1:5">
+      <c r="F29">
+        <v>30.42</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>44</v>
       </c>
       <c r="C30">
         <v>6</v>
       </c>
       <c r="D30">
         <v>36</v>
       </c>
       <c r="E30">
         <v>-34</v>
       </c>
-    </row>
-    <row r="31" spans="1:5">
+      <c r="F30">
+        <v>27.76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>39</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31">
         <v>34</v>
       </c>
       <c r="E31">
         <v>13</v>
       </c>
-    </row>
-    <row r="32" spans="1:5">
+      <c r="F31">
+        <v>25.07</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32">
         <v>5</v>
       </c>
       <c r="D32">
         <v>53</v>
       </c>
       <c r="E32">
         <v>-40</v>
       </c>
-    </row>
-    <row r="33" spans="1:5">
+      <c r="F32">
+        <v>22.41</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>20</v>
       </c>
       <c r="C33">
         <v>4</v>
       </c>
       <c r="D33">
         <v>44</v>
       </c>
       <c r="E33">
         <v>-39</v>
       </c>
-    </row>
-    <row r="34" spans="1:5">
+      <c r="F33">
+        <v>19.73</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>37</v>
       </c>
       <c r="C34">
         <v>4</v>
       </c>
       <c r="D34">
         <v>44</v>
       </c>
       <c r="E34">
         <v>-94</v>
       </c>
-    </row>
-    <row r="35" spans="1:5">
+      <c r="F34">
+        <v>17.05</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>33</v>
       </c>
       <c r="C35">
         <v>4</v>
       </c>
       <c r="D35">
         <v>43</v>
       </c>
       <c r="E35">
         <v>-32</v>
       </c>
-    </row>
-    <row r="36" spans="1:5">
+      <c r="F35">
+        <v>14.38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
         <v>46</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
       <c r="D36">
         <v>36</v>
       </c>
       <c r="E36">
         <v>-49</v>
       </c>
-    </row>
-    <row r="37" spans="1:5">
+      <c r="F36">
+        <v>11.69</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>43</v>
       </c>
       <c r="C37">
         <v>4</v>
       </c>
       <c r="D37">
         <v>34</v>
       </c>
       <c r="E37">
         <v>-48</v>
       </c>
-    </row>
-    <row r="38" spans="1:5">
+      <c r="F37">
+        <v>9.02</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>12</v>
       </c>
       <c r="C38">
         <v>4</v>
       </c>
       <c r="D38">
         <v>34</v>
       </c>
       <c r="E38">
         <v>-66</v>
       </c>
-    </row>
-    <row r="39" spans="1:5">
+      <c r="F38">
+        <v>6.34</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
         <v>47</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39">
         <v>30</v>
       </c>
       <c r="E39">
         <v>-140</v>
       </c>
-    </row>
-    <row r="40" spans="1:5">
+      <c r="F39">
+        <v>3.68</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
         <v>41</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40">
         <v>32</v>
       </c>
       <c r="E40">
         <v>-143</v>
+      </c>
+      <c r="F40">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>10</v>