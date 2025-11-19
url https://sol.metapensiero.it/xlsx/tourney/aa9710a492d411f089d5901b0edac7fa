--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -156,51 +156,51 @@
   <si>
     <t>Ansari Mohammed Fahad</t>
   </si>
   <si>
     <t>Mohd Shaikh Anas</t>
   </si>
   <si>
     <t>Naidu Manohar</t>
   </si>
   <si>
     <t>Noor Mohammed Haseena Banu</t>
   </si>
   <si>
     <t>Sadath Syed Mohamed</t>
   </si>
   <si>
     <t>Shaikh Imran Ibrahim</t>
   </si>
   <si>
     <t>Shaikh Rizwan</t>
   </si>
   <si>
     <t>Subaraj Nithiyananthan</t>
   </si>
   <si>
-    <t>Vikas Jadhav</t>
+    <t>Jadhav Vikas</t>
   </si>
   <si>
     <t>Vignesh Preetha</t>
   </si>
   <si>
     <t>Kasim Sharafudheen</t>
   </si>
   <si>
     <t>Harshaka Sudara</t>
   </si>
   <si>
     <t>Saif Mohd</t>
   </si>
   <si>
     <t>Khan Abdul Rahman</t>
   </si>
   <si>
     <t>Shaikh Ibrahim “IS”</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>