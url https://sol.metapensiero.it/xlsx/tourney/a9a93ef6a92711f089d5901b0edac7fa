--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -131,51 +131,51 @@
   <si>
     <t>Sinha Rahul</t>
   </si>
   <si>
     <t>Maliverney Titouan</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Cimetière Loïc</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel</t>
   </si>
   <si>
     <t>Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Toubert Rémy</t>
   </si>