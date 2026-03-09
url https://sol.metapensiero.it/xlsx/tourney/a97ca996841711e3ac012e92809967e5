--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -77,51 +77,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Carrom EuroCup Double</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>A5eexnsa Mlyfljwi and Islam Rahat</t>
   </si>
   <si>
     <t>A6mf3efy Gvmfhtyq “Cvifsgcy” and Ka4fadti Osue5fpa</t>
   </si>
   <si>
     <t>Balicchi Giorgio and Zucchiatti Elisa</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Jupiter Sattirabady</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi and Haqffhua Trifctza</t>
+    <t>Chobe Thomas and Haqffhua Trifctza</t>
   </si>
   <si>
     <t>Clement Anthony and Manoharan Daniel</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma and Pidial Yoann</t>
   </si>
   <si>
     <t>Donnini Rodolfo “Rudy” and Ategwqza Ly4fwyfy</t>
   </si>
   <si>
     <t>Eder Steffen and Humbert Nick</t>
   </si>
   <si>
     <t>Fehr Frank and G3ufcf3a Jemeszla</t>
   </si>
   <si>
     <t>Gomes Harvey and Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Hassan Mehedi and Babu Saravanan</t>
   </si>
   <si>
     <t>Hussain Mukith and Ulmfk7va A7ue77rq</t>
   </si>